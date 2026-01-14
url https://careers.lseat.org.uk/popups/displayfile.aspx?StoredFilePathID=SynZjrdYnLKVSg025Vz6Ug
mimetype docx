--- v0 (2025-11-24)
+++ v1 (2026-01-14)
@@ -1,1348 +1,745 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="JPG" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="0071324F" w:rsidRDefault="0071324F" w:rsidP="0071324F">
+    <w:p w:rsidR="0098374F" w:rsidRPr="00EA62D2" w:rsidRDefault="00D71953">
       <w:pPr>
-        <w:jc w:val="right"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:u w:val="single"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071324F">
-[...44 lines deleted...]
-        </w:drawing>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Job Advert: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Teaching Assistant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071324F" w:rsidRDefault="00CD6185" w:rsidP="0071324F">
+    <w:p w:rsidR="00D71953" w:rsidRPr="00EA62D2" w:rsidRDefault="00D71953">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:u w:val="single"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071324F">
-[...27 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At Heron Academy we are seeking especially gifted and talented individuals who can bring fun and entertainment to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">supporting pupils access </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>teaching and learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pupils </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">present </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with severe and complex learning difficulties</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, all having an EHCP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Our</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ideal candidates will feel at ease </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>working as part of a team dedicated to helping children make progress across the whole curriculum.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You will </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>be an integral part of a highly efficient and caring team, taking responsibility for a range of tasks within a range of learning environments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Class based, community based, sport based, swimming, personal care</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). You will possess the skills of an Artist, a Clown, a Storyteller, a Bake-off Chef and a Community Explorer.  You </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54253" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will be the glue that helps to ensure the team works together</w:t>
+      </w:r>
+      <w:r w:rsidR="008F27B1" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, you will help to create resources, support the pupils to access the community, help pupils to develop independence through modelling and supporting self-care routines.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071324F">
-[...808 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="008F27B1" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Every day y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou will have a smile measuring approximately a mile wide, always presenting a welcome attitude to pupils, peers and other stakeholders, demonstrating your passion for education, play and caring for everyone around you.  You will be flexible (able to </w:t>
+      </w:r>
+      <w:r w:rsidR="008F27B1" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support wherever the need arises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, respond to </w:t>
+      </w:r>
+      <w:r w:rsidR="008F27B1" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>behaviours using planned strategies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, showing empathy, </w:t>
+      </w:r>
+      <w:r w:rsidR="008F27B1" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>initiative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the ability to think on your feet every day). You will be a qualified Teacher</w:t>
+      </w:r>
+      <w:r w:rsidR="0052255A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, or working towards QTS/QTLS, preferably with experience of working with individuals and groups of pupils with SEND; however, we are more than happy to work with you to build skills and knowledge if you possess the positive attitude and aptitude we require.</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="0071324F">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w:rsidR="00C046C3" w:rsidRPr="00EA62D2" w:rsidRDefault="0052255A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">PERSONAL SPECIFICATION </w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>What does a day at Heron Academy look like?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...287 lines deleted...]
-    <w:p w:rsidR="0071324F" w:rsidRPr="0071324F" w:rsidRDefault="0071324F">
+    <w:p w:rsidR="0052255A" w:rsidRPr="00EA62D2" w:rsidRDefault="0052255A">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The day starts at 08.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> am, Teach</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ing Assistants (TAs)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prepare the day ahead, working </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> team of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TAs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they ensure that the learning areas are ready to welcome pupils from 09.00 am.  Most pupils arrive by bus; T</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>As</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support pupils to transition from buses to the classroom.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TAs work with individuals or small groups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to prepare for learning, they </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>support pupils to access</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a range of morning tasks before the Morning Routine (Circle Time) commences.  The Morning Routine is an opportunity </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the whole class </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to sing, dance and check on pupil wellbeing (Zones of Regulation).  The morning consists of structured learning which includes; Communication, Phonics, Numeracy for Life, Literacy for Life and a range of other subjects which are planned using the Equals Curriculum as a starting point.  Pupils </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are supported to make choices at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> snack-time and meet with peers at Lunch-time in our canteen.  At Lunch time our pupils can access a variety of Lunch Clubs; Sport, Music, Dance, Sensory and Reading.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TAs take a 30 minutes lunch break either in our wonderful staffroom or offsite. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Most </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pupils</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete their Daily Mile around the Playground before </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">afternoon session begin.  Afternoons are more creative, pupils access Community Learning, Art, Independence, PE, Drama, Yoga, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">swimming, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enterprise and end the day with a Love of Literacy session (Story Time) before preparing to go home at 3.20 pm.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5448A" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TAs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then work to capture learning highlights</w:t>
+      </w:r>
+      <w:r w:rsidR="00C046C3" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> using Evidence for Learning, record CPOMs, complete CPD (Wednesday 3.30-4.00 pm Whole School Training).  We have a clear focus on wellbeing and ensure that CPD is facilitated in short manageable workshops rather than extended afternoons (We all need time to recharge and relax). Whole School Assemblies take place every Friday at 2.50-3.15 pm, (These are themed and facilitated on a rota by Teachers and SLT).</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA62D2" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The school day for TAs ends at 4.00 pm.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0071324F" w:rsidRDefault="0071324F"/>
-    <w:sectPr w:rsidR="0071324F" w:rsidSect="0071324F">
+    <w:p w:rsidR="00C046C3" w:rsidRPr="00EA62D2" w:rsidRDefault="00C046C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you think that </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA62D2" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Heron Academy could be the place to showcase your talents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, that you could be the special </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA62D2" w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>TA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA62D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who really changes lives for the better, we want to hear from you.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C046C3" w:rsidRPr="00EA62D2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CD6185"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D66448"/>
+    <w:rsidRoot w:val="00D71953"/>
+    <w:rsid w:val="0052255A"/>
+    <w:rsid w:val="008F27B1"/>
+    <w:rsid w:val="0098374F"/>
+    <w:rsid w:val="00B54253"/>
+    <w:rsid w:val="00B5448A"/>
+    <w:rsid w:val="00C046C3"/>
+    <w:rsid w:val="00D71953"/>
+    <w:rsid w:val="00EA62D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5DE9B4B7"/>
+  <w14:docId w14:val="318D0703"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{079E3DB3-5D76-492E-B9CE-1FB67CB6F250}"/>
+  <w15:docId w15:val="{098BBEF7-E49F-459E-911D-6343E162B498}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1727,90 +1124,62 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoSpacing">
-[...26 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2068,70 +1437,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5427</Characters>
+  <Pages>1</Pages>
+  <Words>569</Words>
+  <Characters>3246</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Belmont Primary School</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6366</CharactersWithSpaces>
+  <CharactersWithSpaces>3808</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Susanne Platt</dc:creator>
+  <dc:creator>Kevan Wayne-Morris</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>